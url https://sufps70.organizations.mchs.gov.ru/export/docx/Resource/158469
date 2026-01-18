--- v0 (2025-10-09)
+++ v1 (2026-01-18)
@@ -332,51 +332,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ватсапп: 8(705)677 4399, 8(705)558 1070</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>