--- v1 (2026-01-18)
+++ v2 (2026-02-27)
@@ -110,253 +110,273 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ФГКУ«Специальное управление ФПС № 70 МЧС России» информирует обимеющихся в Управлении вакансиях по должностям:</w:t>
-[...7 lines deleted...]
-              </w:rPr>
+              <w:t xml:space="preserve">ФГКУ«Специальное управление ФПС № 70 МЧС России» информирует обимеющихся вакансиях по должностям:</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">- пожарный;</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
-              <w:rPr>
-[...88 lines deleted...]
-              <w:t xml:space="preserve">- отдельной квартирой (прибывшим из регионов Российской Федерации)на период прохождения службы из жилищного фонда города.</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">- водитель пожарного автомобиля с водительским удостоверениемкатегории «С».</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> Сотрудники, проходящие службу в ФГКУ «Специальное управлениеФПС № 70 МЧС России», обеспечиваются:</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- ежемесячным денежным довольствием:</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">   пожарный - от 56 000 рублей, водитель пожарногоавтомобиля - от 65 000 рублей, режим работы 1/3;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- вещевым имуществом;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- обязательным государственным страхованием жизни и здоровья;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- исчислением выслуги лет для назначения пенсии из расчёта одинмесяц службы за два месяца</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">   (10 лет службы уже даёт право выхода на пенсию);</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- возможность получения образования ввысших учебных заведенияхсистемы МЧС России за счет</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">   государственных ассигнований;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- основным отпуском продолжительностью от 45 календарных дней;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- компенсацией стоимости проезда к месту проведения основногоотпуска и обратно 1 раз в год сотруднику</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">   и одному из членов его семьи;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- компенсацией стоимости затрат на топливо при следовании к местуосновного отпуска на личном</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">   автотранспорте и обратно 1 раз в год;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- ежемесячной компенсацией на приобретение продуктов питания длядетей, находящихся на</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">   диспансерном учёте;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- бесплатными путёвками в медицинские и санаторно-курортныеорганизации;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- возмещением расходов по перевозке личного имущества при переездек новому месту службы, и к</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">   избранному месту жительства (при увольнении);</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- отдельной квартирой из жилищного фонда города Байконур на периодпрохождения службы.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Требования к кандидатам:</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">- наличие гражданства Российской Федерации</w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">- психологическая и моральная готовность к службе</w:t>
+              <w:t xml:space="preserve">- наличие гражданства Российской Федерации;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- возраст до 40 лет, за исключением граждан, ранее проходившихслужбу в федеральных органах исполнительной власти, по которымпредусмотрено присвоение специальных (воинских) званий до 50лет;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- образование – не ниже среднего общего;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- отсутствие судимости (в том числе снятой и погашенной);</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- физическая подготовленность;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- положительная характеристика с предыдущего места работы;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- психологическая и моральная готовность к службе.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Дополнительная информация:</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Порядок и условия прохождения службы в федеральной противопожарнойслужбе регламентируются Федеральным законом от 23 мая 2016 г. №141-ФЗ.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">По вопросам приема на службу обращаться в отделение кадровой ивоспитательной работы ФГКУ «Специальное управление ФПС № 70 МЧСРоссии» в рабочие дни с 12.00 до 18.00 часов (разница с Московскимвременем + 2 часа) или по телефону: 8(33622)7-58-27.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Резюме направлять по адресу: okivr@su70.mchs.gov.ru</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ватсапп: 8(705)677 4399, 8(705)558 1070</w:t>
             </w:r>
+            <w:br/>
+            <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>