--- v0 (2025-10-09)
+++ v1 (2026-01-19)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">С цельюобеспечения безопасности населения города Байконур на водныхобъектах, инспекторским составом отдела федеральногогосударственного пожарного надзора проведены профилактическиебеседы со студентами государственного бюджетного профессиональногообразовательного учреждения «Байконурский индустриальный техникум»и сотрудниками государственного казенного дошкольногообразовательного учреждения детского сада № 10 «Теремок» на тему:«Соблюдение мер безопасности на водных объектах в период ледохода ивесеннего паводка». Сотрудники отдела напомнили, что правилабезопасного поведения на воде важно соблюдать не только летом, но изимой. В ходе поучительных бесед студенты и сотрудники узнали какиеправила необходимо соблюдать, чтобы избежать несчастных случаев,какую опасность таит холодная вода, как правильно вести себя вслучае происшествия на воде.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>